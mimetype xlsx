--- v0 (2025-10-08)
+++ v1 (2026-03-26)
@@ -15383,92 +15383,92 @@
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>423</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="68" spans="1:7" customHeight="1" ht="25">
       <c r="A68" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
     </row>
     <row r="69" spans="1:7" customHeight="1" ht="25">
       <c r="A69" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>424</v>
+        <v>144</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>424</v>
+        <v>144</v>
       </c>
     </row>
     <row r="70" spans="1:7" customHeight="1" ht="25">
       <c r="A70" s="1" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>144</v>
+        <v>424</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>144</v>
+        <v>424</v>
       </c>
     </row>
     <row r="71" spans="1:7" customHeight="1" ht="25">
       <c r="A71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>425</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>425</v>
       </c>
     </row>
@@ -17205,74 +17205,74 @@
         <v>10</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="154" spans="1:7" customHeight="1" ht="25">
       <c r="A154" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
     </row>
     <row r="155" spans="1:7" customHeight="1" ht="25">
       <c r="A155" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="156" spans="1:7" customHeight="1" ht="25">
       <c r="A156" s="1" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="157" spans="1:7" customHeight="1" ht="25">
       <c r="A157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B157" s="1" t="s">